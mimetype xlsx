--- v0 (2025-12-08)
+++ v1 (2026-03-24)
@@ -1,43 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default Extension="sigs" ContentType="application/vnd.openxmlformats-package.digital-signature-origin"/>
+  <Override PartName="/_xmlsignatures/sig1.xml" ContentType="application/vnd.openxmlformats-package.digital-signature-xmlsignature+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/digital-signature/origin" Target="_xmlsignatures/origin.sigs"/></Relationships>
+
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\1\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11700"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -813,50 +816,189 @@
     <row r="32" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A32" s="9"/>
       <c r="B32" s="6">
         <f>SUM(B25:B31)</f>
         <v>206</v>
       </c>
     </row>
     <row r="33" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A33" s="13"/>
       <c r="B33" s="13"/>
     </row>
     <row r="34" spans="1:2" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A34" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B34" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
+<file path=_xmlsignatures/_rels/origin.sigs.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/digital-signature/signature" Target="sig1.xml"/></Relationships>
+</file>
+
+<file path=_xmlsignatures/sig1.xml><?xml version="1.0" encoding="utf-8"?>
+<Signature xmlns="http://www.w3.org/2000/09/xmldsig#" Id="idPackageSignature">
+  <SignedInfo>
+    <CanonicalizationMethod Algorithm="http://www.w3.org/TR/2001/REC-xml-c14n-20010315"/>
+    <SignatureMethod Algorithm="http://www.w3.org/2000/09/xmldsig#rsa-sha1"/>
+    <Reference Type="http://www.w3.org/2000/09/xmldsig#Object" URI="#idPackageObject">
+      <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+      <DigestValue>SXZDbsn3AaZ1pDlqdg+MeOpeUA0=</DigestValue>
+    </Reference>
+    <Reference Type="http://www.w3.org/2000/09/xmldsig#Object" URI="#idOfficeObject">
+      <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+      <DigestValue>qHaQ7908NIwzGU7HYBA+z0wQ+Vo=</DigestValue>
+    </Reference>
+  </SignedInfo>
+  <SignatureValue>Agz0cUahqCl+/wzCz1oGhsgCMnunVjYGBQd1AWR022ba2ZsM+X01KJQYI2wdF377xydXNmZNhrfROxNniv+XtRKHRmHVDDp7eukFoL0D4kKlkew65VzTJfaz7iG4q+0vpYCOAc3K+O4FAElcNhHV3+dwu7UZQfrwr7ZQBdelD5VqXn62z6rIQNCbIXVPFu+A6KUv5eNr4QCO4gzEITRcfuflreEmBJ5WkY4szVr5uElVms7cOXv+wL/nLs5rK/x+P7OZvrc3sSwg0uXE76R8AQzILnDgC7H/O6TbNPS0ffhxRMF3+Y77pY2c6TxEUzjFqT4NgIJMj99VMyLMmLHCjgfupLXxunLazJ+89HiYSgbzAFPkYzqag3dJ8C5Ozf57LGrxU9WMqzgjOqP4pgDxA2JwQYma0euaRcGYToZjhOSY3k4XpHrxiqH8Fv+6k+EdLWykbj6zz+N2WXjwuIYGkWWJrCpIYrab1/bQOdUzqUIqjxztwzNZlz6t1kMHvY3XBgEun25lJ3XD4EOWSDXtqZXWb5BJHzT5/NZ1NI/6vhPhYu70eWv6TvVCoGPmYh6GOJ2YQF03FjamX+CZJVbTfwWbkysj+FOJ0xdVt4WkUvH2h4XrlaASTnJ01lCUrePF98ONAQcuQjR0DBlLK8+nX4niv+uvwl0HxQTPOPcqVxU=</SignatureValue>
+  <KeyInfo>
+    <X509Data>
+      <X509Certificate>MIIFlDCCA3wCFBddxSvtJrcFuCtV9Cbgk8mpbvpjMA0GCSqGSIb3DQEBCwUAMIGQ
+MS4wLAYDVQQDDCXRgdCw0LnRgtGL0L7QsdGA0LDQt9C+0LLQsNC90LjRji7RgNGE
+MS4wLAYDVQQKDCXRgdCw0LnRgtGL0L7QsdGA0LDQt9C+0LLQsNC90LjRji7RgNGE
+MSEwHwYDVQQHDBjQldC60LDRgtC10YDQuNC90LHRg9GA0LMxCzAJBgNVBAYTAlJV
+MB4XDTI1MDkwMjA5NTk1MloXDTI2MDkwMjA5NTk1MlowfDE7MDkGA1UEAwwy0JXR
+gNC80L7Qu9Cw0LXQstCwINCV0LvQtdC90LAg0JLQsNGB0LjQu9GM0LXQstC90LAx
+MDAuBgNVBAoMJ9Cc0JDQntCjIMKr0JvQuNGG0LXQuSDihJY5NMK7INCzLtCj0YTQ
+sDELMAkGA1UEBhMCUlUwggIiMA0GCSqGSIb3DQEBAQUAA4ICDwAwggIKAoICAQCu
+09N9UFkriY4MdRXLNOrNyH12zuIol1xIDgz0jszxdxmDK4aTKyICwaIkVYf9ClSQ
+Pzvj8RNcF3XzFroJaYeif7Q/AX33nUjg5EcCJsKJzrAIznc2j4GXAGEF3o6w2ZXY
+jIDL1+B+BEAqbNxGwSibeQbrmrBV7+5ce/8AXmQ15Sel8zXasDAD3wlJRv0HxMIg
++zwpd9SrJsDK1UVuEbLKrlBFnnyFGs0xpNzBKjIqGL5osX0aoywikqBx5RCF14Xw
+biAtMj+VISE3v5MVSAAHSruVxAV1RrtrsRCJ8m143v4Q52Y/wjs3H32ysWnXncY4
+c+h1LEQuuYUqJx65UZFYnZ/lph5FZXlaYZW0yLMejwD8wCHoyYRhd0L7zHpLAXKc
+kcYOQ9mstw/C6VNP7D5HJjrqKnKIVqEPkyd+k8kEcX0q9iEG1XhShJVvYZXCnw+L
+Xm2dROQLMUUr9w0BpeVU6b4C8D+KiZsEsLCWCVJoJNLUo+omvPRkqmyirldJ2rN8
+ZbLtSLBxwQZqNeth+JpAnQINQr51hW27dSA5uO53MK27OA1YmDFzUtaCbOW994s5
+g5Exw1Idi/njqNrdDmCnL/5HkFcuciAtGzKhm9So/pLEOpk/283xbRouv5958jyY
+zUHZyldggzU4/cvE55IbIDLaMBwRm7ilYWPuZtri/wIDAQABMA0GCSqGSIb3DQEB
+CwUAA4ICAQB8p6YeldaoqyD9pEhTHTMJTBEqKIV9pZLqdpch50ZSFPDk4oH+ntpa
+B75oiA6el9UHwwsCt4tmjeMZ6ng1Fd7bmhiTIKgMtq1LiVOBxyn8+HNuBk8W58YD
+TrxvftPK+7XhPh5/JjBFuLiC3kY93qWuNbQo/QjSa+z2RKiaICJPTHS2peI8YbwT
+7XiHsb4IebJ20RJcZWivlZOVBx89v8ZVjzBZrbFmdpzUnn4pVcnzbn27Xj+FLaXC
+uf4zffjixJCQkYFrMiUINlSs+T7SUucPYLzm2cZ3yioM6oLko82lTfC1yHi8BxZt
+tjVIg9maWhfHMHyEL/tpUOd6hKoj9sHpJsoPi+p1LDqarVbph3KgjK6mX0JtLJDd
+bjnNc6Umdwxdtep7TFw/8xP8uVec8TtrN+g0VZO01/YIIG5uRXEix60Y/ewiiXAZ
+Y67H9j2MiyrYoHrUfZJblooWR4GNlhYK9+jLQRyYFMMcEas4Y68oIo1svi7E1e2z
+DxRt0rIJBlUrsbAqFOAaJPge4hlfFwSeHDP5u94XXmad7lFjuzgvFCuSd7Mt4KBj
+kkJaWaWP2BN0iBAfDHw1lHoBuE70lgzNzgVEQcSO/aHePRh5Q4JqzXrhOg/d3Bku
+ffUEmaF8Tob+unrjnPAYyB2YSMe68MZRwlcyq5id7AFOpkyRWgPlEg==</X509Certificate>
+    </X509Data>
+  </KeyInfo>
+  <Object xmlns:mdssi="http://schemas.openxmlformats.org/package/2006/digital-signature" Id="idPackageObject">
+    <Manifest>
+      <Reference URI="/_rels/.rels?ContentType=application/vnd.openxmlformats-package.relationships+xml">
+        <Transforms>
+          <Transform Algorithm="http://schemas.openxmlformats.org/package/2006/RelationshipTransform">
+            <mdssi:RelationshipReference SourceId="rId1"/>
+          </Transform>
+          <Transform Algorithm="http://www.w3.org/TR/2001/REC-xml-c14n-20010315"/>
+        </Transforms>
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>+nAd0bim5u961Z6hkrztwiSj8HA=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/_rels/workbook.xml.rels?ContentType=application/vnd.openxmlformats-package.relationships+xml">
+        <Transforms>
+          <Transform Algorithm="http://schemas.openxmlformats.org/package/2006/RelationshipTransform">
+            <mdssi:RelationshipReference SourceId="rId3"/>
+            <mdssi:RelationshipReference SourceId="rId2"/>
+            <mdssi:RelationshipReference SourceId="rId1"/>
+            <mdssi:RelationshipReference SourceId="rId5"/>
+            <mdssi:RelationshipReference SourceId="rId4"/>
+          </Transform>
+          <Transform Algorithm="http://www.w3.org/TR/2001/REC-xml-c14n-20010315"/>
+        </Transforms>
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>RX74shjW1YcJLwO5SDfe6qzGI30=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/calcChain.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>H3GfBWr+FThZQJFLSRw398+MQts=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/sharedStrings.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>AdpfDZoNt6KLlq/CIAh+kCTVjUg=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/styles.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>aXRpfqvxl+wTWi64Co4ztQ9PoLE=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/theme/theme1.xml?ContentType=application/vnd.openxmlformats-officedocument.theme+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>oQioerHpUgs7z4jbgByEid9gS8c=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/workbook.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>y8e5zvRowXxDWzCO9vQyVOF/B1Y=</DigestValue>
+      </Reference>
+      <Reference URI="/xl/worksheets/sheet1.xml?ContentType=application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml">
+        <DigestMethod Algorithm="http://www.w3.org/2000/09/xmldsig#sha1"/>
+        <DigestValue>KkjKnWvl8UHgHGJLAdP6GL7CN/c=</DigestValue>
+      </Reference>
+    </Manifest>
+    <SignatureProperties>
+      <SignatureProperty Id="idSignatureTime" Target="#idPackageSignature">
+        <mdssi:SignatureTime>
+          <mdssi:Format>YYYY-MM-DDThh:mm:ssTZD</mdssi:Format>
+          <mdssi:Value>2026-01-21T07:01:20Z</mdssi:Value>
+        </mdssi:SignatureTime>
+      </SignatureProperty>
+    </SignatureProperties>
+  </Object>
+  <Object Id="idOfficeObject">
+    <SignatureProperties>
+      <SignatureProperty Id="idOfficeV1Details" Target="#idPackageSignature">
+        <SignatureInfoV1 xmlns="http://schemas.microsoft.com/office/2006/digsig">
+          <SetupID/>
+          <SignatureText/>
+          <SignatureImage/>
+          <SignatureComments>Защита подлинности документа</SignatureComments>
+          <WindowsVersion>5.1</WindowsVersion>
+          <OfficeVersion>12.0</OfficeVersion>
+          <ApplicationVersion>12.0</ApplicationVersion>
+          <Monitors>1</Monitors>
+          <HorizontalResolution>1680</HorizontalResolution>
+          <VerticalResolution>1050</VerticalResolution>
+          <ColorDepth>32</ColorDepth>
+          <SignatureProviderId>{00000000-0000-0000-0000-000000000000}</SignatureProviderId>
+          <SignatureProviderUrl/>
+          <SignatureProviderDetails>9</SignatureProviderDetails>
+          <ManifestHashAlgorithm>http://www.w3.org/2000/09/xmldsig#sha1</ManifestHashAlgorithm>
+          <SignatureType>1</SignatureType>
+        </SignatureInfoV1>
+      </SignatureProperty>
+    </SignatureProperties>
+  </Object>
+</Signature>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Лист1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>